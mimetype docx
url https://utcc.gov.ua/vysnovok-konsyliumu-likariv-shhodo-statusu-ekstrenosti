--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -1,1724 +1,4374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="49B95E70" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="3B3064CA" w14:textId="59059C05" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="Ch67"/>
+        <w:ind w:left="4819"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...5 lines deleted...]
-        <w:t>Додаток до листа СДУ «УЦТК»</w:t>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Додаток</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Положення</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>про</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>врегулювання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>діяльності</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трансплант-координаторів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(пункт</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>розділу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6768BEA2" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="4A9779D1" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="283"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...29 lines deleted...]
-        <w:t>-координаторів</w:t>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Офіційний</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бланк</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>закладу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>охорони</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здоров’я,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>що</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>надає</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медичну</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допомогу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методом</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трансплантації</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386645C9" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="30291800" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        <w:pStyle w:val="Ch66"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...7 lines deleted...]
-        <w:t>(пункт 1 розділу VІ)</w:t>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Висновок</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консиліуму</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лікарів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>щодо</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>встановлення</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>статусу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екстреності</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шкалою</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELD/PELD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4690104D" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="338A8002" w14:textId="4FCC6A39" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="0089468E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1FCE4379" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="635D958E" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="0089468E" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
-[...111 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="StrokeCh6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>(прізвище, власне ім’я, по батькові (за наявності) реципієнта, рік народження)</w:t>
+        </w:rPr>
+        <w:t>(прізвище,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>власне</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ім’я,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>батькові</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(за</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>наявності)</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>реципієнта,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рік</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>народження)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602B4C03" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="183F57B5" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>потребує</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>надання</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медичної</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допомоги</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методом</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трансплантації</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AECFAE" w14:textId="77777777" w:rsidR="0089468E" w:rsidRPr="009A0994" w:rsidRDefault="0089468E" w:rsidP="0089468E">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780FF7D6" w14:textId="06416432" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="19FAA668" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="0089468E" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:pStyle w:val="StrokeCh6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(зазначити</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+        <w:t>анатомічний</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>матеріал,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>якого</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>потребує</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994" w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>реципієнт)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A3CA66" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRPr="009A49D5" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="3FCEA951" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:spacing w:before="240" w:after="240"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="Ch63"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...32 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>підставі</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>результатів</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проведеного</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медичного</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обстеження</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реципієнту</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>встановлено</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>статус</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екстреності</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бал</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шкалою</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELD/PELD</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>скан-копії</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медичних</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документів,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>які</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>враховувались</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>встановленні</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>статусу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екстреності</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шкалою</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELD/PELD,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>додано</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>картки</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реципієнта</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Єдину</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>державну</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інформаційну</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>систему</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трансплантації</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органів</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тканин</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реєстрі</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>задіяних</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осіб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7642517A" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
+      <w:pPr>
+        <w:pStyle w:val="Ch63"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Відповідно</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>розділу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Положення</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>про</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>врегулювання</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>діяльності</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трансплант-координаторів,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>затвердженого</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наказом</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Міністерства</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>охорони</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здоров’я</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>липня</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>року</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1500,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зареєстрованого</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Міністерстві</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>юстиції</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вересня</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>року</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1238/36860,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>встановленні</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>статусу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екстреності</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балу</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шкалою</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELD/PELD</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>враховували</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наступні</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>критерії:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F037E6" w14:textId="77777777" w:rsidR="0089468E" w:rsidRPr="009A0994" w:rsidRDefault="0089468E" w:rsidP="0089468E">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BFA4D2" w14:textId="77777777" w:rsidR="0089468E" w:rsidRPr="009A0994" w:rsidRDefault="0089468E" w:rsidP="0089468E">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...67 lines deleted...]
-        <w:t>ЄДІСТ.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01987610" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00A143A7">
+    <w:p w14:paraId="4D89D940" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A49D5">
-[...91 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Консиліум</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проведено</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«____»</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20___</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>року</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C604557" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наступного</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консиліуму</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«____»</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20___</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>року</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5450F352" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRDefault="00536AFC">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Склад</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консиліуму:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B5AFF9" w14:textId="77777777" w:rsidR="0089468E" w:rsidRDefault="0089468E">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:spacing w:before="57"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9355"/>
+        <w:gridCol w:w="3376"/>
+        <w:gridCol w:w="378"/>
+        <w:gridCol w:w="2249"/>
+        <w:gridCol w:w="376"/>
+        <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A143A7" w14:paraId="06170F54" w14:textId="77777777" w:rsidTr="00AF13F7">
+      <w:tr w:rsidR="00624D57" w:rsidRPr="00864362" w14:paraId="2BE5FB32" w14:textId="77777777" w:rsidTr="00300CCE">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:tcW w:w="1654" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50F5F078" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="3D6A9C67" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...183 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2524" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="185" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="361057DA" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="3DFEEF1D" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1102" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C070AC2" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="78280140" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="184" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25346FAC" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="31C4ECA9" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6AB7E556" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A143A7" w14:paraId="46324D98" w14:textId="77777777" w:rsidTr="00AF13F7">
+      <w:tr w:rsidR="00624D57" w:rsidRPr="00864362" w14:paraId="08F63117" w14:textId="77777777" w:rsidTr="00300CCE">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1654" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E19EA30" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="30E276AC" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="StrokeCh6"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:val="uk-UA"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk124432838"/>
-            <w:r w:rsidRPr="009A49D5">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:w w:val="100"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(найменування посади)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="311" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="185" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="733A283F" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="7AEF5F3A" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2524" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1102" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1926FFFC" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="4C251D7E" w14:textId="77777777" w:rsidR="00624D57" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="StrokeCh6"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:val="uk-UA"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A49D5">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46E95A7E" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(підпис)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="184" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08372D35" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="014166F3" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1875" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47CE08BE" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="45171D38" w14:textId="77777777" w:rsidR="00624D57" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C8B5E1" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-YE"/>
+              </w:rPr>
+              <w:t>власне ім’я, прізвище)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-YE"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00624D57" w:rsidRPr="00864362" w14:paraId="6C26BDC3" w14:textId="77777777" w:rsidTr="00300CCE">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="67C5E33E" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>(Власне ім'я</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009A49D5">
+            <w:r w:rsidRPr="00864362">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ПРІЗВИЩЕ)</w:t>
+              <w:t>(найменування посади)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...1 lines deleted...]
-      <w:tr w:rsidR="00A143A7" w14:paraId="43A0B3B7" w14:textId="77777777" w:rsidTr="00AF13F7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="185" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12D7A1A1" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="2DABC1F4" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="311" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1102" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BD25C9D" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="313C6DDB" w14:textId="77777777" w:rsidR="00624D57" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764F3795" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(підпис)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="184" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="581444D7" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2524" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1875" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="20379A86" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="1CA1D3BC" w14:textId="77777777" w:rsidR="00624D57" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07448ECB" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-YE"/>
+              </w:rPr>
+              <w:t>власне ім’я, прізвище)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-YE"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00624D57" w:rsidRPr="00864362" w14:paraId="5C7A2A39" w14:textId="77777777" w:rsidTr="00300CCE">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="254ACEA3" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(найменування посади)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="185" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41E6132A" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1102" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="102FD5F5" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="327A04D4" w14:textId="77777777" w:rsidR="00624D57" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E18194D" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
+            <w:pPr>
+              <w:pStyle w:val="StrokeCh6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00864362">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(підпис)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="184" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D8F621C" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1875" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="68" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="162FD23A" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="10B39C6C" w14:textId="77777777" w:rsidR="00624D57" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="StrokeCh6"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:val="uk-UA"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="071B599D" w14:textId="77777777" w:rsidR="00A143A7" w:rsidRDefault="00A143A7" w:rsidP="00AF13F7">
+          <w:p w14:paraId="5584A350" w14:textId="77777777" w:rsidR="00624D57" w:rsidRPr="00864362" w:rsidRDefault="00624D57" w:rsidP="00300CCE">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="StrokeCh6"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:val="uk-UA"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A49D5">
+            <w:r w:rsidRPr="00864362">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="uk-UA"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-YE"/>
               </w:rPr>
-              <w:t>(найменування посади)</w:t>
-[...102 lines deleted...]
-              <w:t>(Власне ім'я</w:t>
+              <w:t>власне ім’я, прізвище)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:w w:val="100"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="uk-UA"/>
+                <w:lang w:bidi="ar-YE"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...278 lines deleted...]
-              <w:t xml:space="preserve"> ПРІЗВИЩЕ)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E318D95" w14:textId="77777777" w:rsidR="00E510E7" w:rsidRPr="00A143A7" w:rsidRDefault="00E510E7" w:rsidP="000778A0"/>
-[...4 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w14:paraId="5D067307" w14:textId="77777777" w:rsidR="00536AFC" w:rsidRPr="009A0994" w:rsidRDefault="00536AFC">
+      <w:pPr>
+        <w:pStyle w:val="Ch63"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B77B65F" w14:textId="245E380A" w:rsidR="00536AFC" w:rsidRDefault="00536AFC">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D98AE2D" w14:textId="755EC651" w:rsidR="005572DB" w:rsidRDefault="005572DB">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FEB06B0" w14:textId="066C721F" w:rsidR="005572DB" w:rsidRPr="005572DB" w:rsidRDefault="005572DB" w:rsidP="005572DB">
+      <w:pPr>
+        <w:pStyle w:val="Ch68"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:w w:val="100"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005572DB">
+        <w:rPr>
+          <w:rStyle w:val="st46"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{Положення доповнено новим додатком згідно з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005572DB">
+        <w:rPr>
+          <w:rStyle w:val="st121"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наказом Міністерства охорони здоров'я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005572DB">
+        <w:rPr>
+          <w:rStyle w:val="st131"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 1632 від 27.10.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005572DB">
+        <w:rPr>
+          <w:rStyle w:val="st46"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005572DB" w:rsidRPr="005572DB" w:rsidSect="009A0994">
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1B33F9C2" w14:textId="77777777" w:rsidR="003C5426" w:rsidRDefault="003C5426" w:rsidP="00283447">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2E33F4D5" w14:textId="77777777" w:rsidR="003C5426" w:rsidRDefault="003C5426" w:rsidP="00283447">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Pragmatica-Book">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Pragmatica-BookObl">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Pragmatica-Bold">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Baltica-Bold">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="HeliosCond">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Pragmatica-BoldObl">
+    <w:altName w:val="MV Boli"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol (OTF) Regular">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PT Pragmatica Medium Baltic  Re">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Baltica">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="062CB9A5" w14:textId="77777777" w:rsidR="003C5426" w:rsidRDefault="003C5426" w:rsidP="00283447">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6A453829" w14:textId="77777777" w:rsidR="003C5426" w:rsidRDefault="003C5426" w:rsidP="00283447">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="97"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:doNotShadeFormData/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0010285D"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00FA3FD1"/>
+    <w:rsidRoot w:val="000950F4"/>
+    <w:rsid w:val="00093A36"/>
+    <w:rsid w:val="000950F4"/>
+    <w:rsid w:val="001730F0"/>
+    <w:rsid w:val="001B5D53"/>
+    <w:rsid w:val="00283447"/>
+    <w:rsid w:val="003A496D"/>
+    <w:rsid w:val="003C5426"/>
+    <w:rsid w:val="00475655"/>
+    <w:rsid w:val="00521CB7"/>
+    <w:rsid w:val="00536AFC"/>
+    <w:rsid w:val="005572DB"/>
+    <w:rsid w:val="00595695"/>
+    <w:rsid w:val="00624D57"/>
+    <w:rsid w:val="00662BC6"/>
+    <w:rsid w:val="00886DEF"/>
+    <w:rsid w:val="0089468E"/>
+    <w:rsid w:val="009A0994"/>
+    <w:rsid w:val="00AE4195"/>
+    <w:rsid w:val="00B34B4B"/>
+    <w:rsid w:val="00DA3008"/>
+    <w:rsid w:val="00E81B28"/>
+    <w:rsid w:val="00F7737A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-UA"/>
+  <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="33F5C836"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{84469780-6471-402D-9958-68A790B6925F}"/>
+  <w14:docId w14:val="5365DB2A"/>
+  <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2046,296 +4696,1265 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A143A7"/>
     <w:rPr>
-      <w:lang w:val="uk-UA"/>
+      <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
-    <w:name w:val="Стандартний"/>
-    <w:rsid w:val="0079277E"/>
+    <w:name w:val="[Немає стилю абзацу]"/>
     <w:pPr>
-      <w:spacing w:before="160" w:after="0" w:line="288" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-UA"/>
-[...4 lines deleted...]
-      </w14:textOutline>
+      <w:lang w:val="en-US" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
-[...3 lines deleted...]
-    <w:rsid w:val="00A143A7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="[Основний абзац]"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="7767"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:ind w:firstLine="283"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="реєстраційний код (Общие:Базовые)"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:pageBreakBefore/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="7767"/>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-BookObl" w:hAnsi="Pragmatica-BookObl" w:cs="Pragmatica-BookObl"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="реєстраційний код (Общие)"/>
+    <w:basedOn w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:before="454" w:after="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Организация (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:w w:val="90"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Организация (Общие)"/>
+    <w:basedOn w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch6">
+    <w:name w:val="Организация (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="Ch60"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Тип акта (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="130"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Тип акта (Общие)"/>
+    <w:basedOn w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6350"/>
+        <w:tab w:val="right" w:pos="7710"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:after="113"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch60">
+    <w:name w:val="Тип акта (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="aa"/>
+    <w:next w:val="DataZareestrovanoCh6"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="170"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DataZareestrovanoCh6">
+    <w:name w:val="Data_Zareestrovano (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="Ch61"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="3345"/>
+        <w:tab w:val="center" w:pos="3855"/>
+        <w:tab w:val="left" w:pos="4365"/>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:before="40" w:line="257" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Зареєстровано... (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Зареєстровано... (Общие)"/>
+    <w:basedOn w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="113" w:after="113"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch61">
+    <w:name w:val="Зареєстровано... (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="ac"/>
+    <w:next w:val="n7777Ch6"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777">
+    <w:name w:val="n7777 Название акта (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1304"/>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Baltica-Bold" w:hAnsi="Baltica-Bold" w:cs="Baltica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="90"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n77770">
+    <w:name w:val="n7777 Название акта (Общие)"/>
+    <w:basedOn w:val="n7777"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="142" w:after="198"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777Ch1">
+    <w:name w:val="n7777 Название акта (Ch_1 Верховна Рада)"/>
+    <w:basedOn w:val="n77770"/>
+    <w:next w:val="Ch1"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777Ch2">
+    <w:name w:val="n7777 Название акта (Ch_2 Президент)"/>
+    <w:basedOn w:val="n7777Ch1"/>
+    <w:next w:val="Ch2"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777Ch3">
+    <w:name w:val="n7777 Название акта (Ch_3 Кабмін)"/>
+    <w:basedOn w:val="n7777Ch2"/>
+    <w:next w:val="Ch3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="113" w:after="170"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777Ch4">
+    <w:name w:val="n7777 Название акта (Ch_4 Конституційний Суд)"/>
+    <w:basedOn w:val="n7777Ch3"/>
+    <w:next w:val="Ch4"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777Ch5">
+    <w:name w:val="n7777 Название акта (Ch_5 Нацбанк)"/>
+    <w:basedOn w:val="n7777Ch4"/>
+    <w:next w:val="Ch5"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="n7777Ch6">
+    <w:name w:val="n7777 Название акта (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="n7777Ch5"/>
+    <w:next w:val="Ch62"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Основной текст (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+        <w:tab w:val="right" w:pos="9383"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:ind w:firstLine="283"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст (Общие)"/>
+    <w:basedOn w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6350"/>
+        <w:tab w:val="clear" w:pos="9383"/>
+        <w:tab w:val="right" w:pos="7710"/>
+        <w:tab w:val="right" w:pos="11514"/>
+        <w:tab w:val="right" w:pos="11707"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch63">
+    <w:name w:val="Основной текст (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="11707"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Преамбула (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:ind w:firstLine="283"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Преамбула (Общие)"/>
+    <w:basedOn w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="113"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch62">
+    <w:name w:val="Преамбула (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="af0"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="113" w:after="85"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Основной текст (отбивка) (Общие)"/>
+    <w:basedOn w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="underscore" w:pos="7710"/>
+        <w:tab w:val="right" w:leader="underscore" w:pos="11514"/>
+        <w:tab w:val="right" w:leader="underscore" w:pos="11707"/>
+      </w:tabs>
+      <w:spacing w:before="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch64">
+    <w:name w:val="Основной текст (отбивка) (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="11707"/>
+        <w:tab w:val="right" w:pos="7710"/>
+        <w:tab w:val="right" w:pos="11514"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="подпись (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6066"/>
+        <w:tab w:val="right" w:pos="9099"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="90"/>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="17"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="подпись (Общие)"/>
+    <w:basedOn w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6066"/>
+        <w:tab w:val="clear" w:pos="9099"/>
+        <w:tab w:val="right" w:pos="7427"/>
+        <w:tab w:val="right" w:pos="11594"/>
+      </w:tabs>
+      <w:spacing w:before="113"/>
+      <w:ind w:left="283" w:right="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch65">
+    <w:name w:val="подпись (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="af3"/>
+    <w:next w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="11594"/>
+        <w:tab w:val="right" w:pos="11401"/>
+      </w:tabs>
+      <w:spacing w:before="85"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Додаток № (Общие:Базовые)"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="7767"/>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:before="567"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Затверджено (Общие)"/>
+    <w:basedOn w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="4309"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76Ch6">
+    <w:name w:val="Затверджено_76 (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6350"/>
+        <w:tab w:val="right" w:leader="underscore" w:pos="7710"/>
+      </w:tabs>
+      <w:spacing w:before="397"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Заголовок Додатка (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:before="397" w:after="113" w:line="257" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="90"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Заголовок Додатка (Общие)"/>
+    <w:basedOn w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6350"/>
+        <w:tab w:val="right" w:pos="7710"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch66">
+    <w:name w:val="Заголовок Додатка (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="af7"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Додаток № (Общие)"/>
+    <w:basedOn w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6350"/>
+        <w:tab w:val="right" w:pos="7710"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="397"/>
+      <w:ind w:left="3969"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch67">
+    <w:name w:val="Додаток № (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="af8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch68">
+    <w:name w:val="Основной текст (без абзаца) (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="Ch63"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="underscore" w:pos="7710"/>
+        <w:tab w:val="right" w:leader="underscore" w:pos="11514"/>
+      </w:tabs>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StrokeCh6">
+    <w:name w:val="Stroke (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="7710"/>
+      </w:tabs>
+      <w:spacing w:before="17" w:line="257" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormulaFORMULA">
+    <w:name w:val="Formula (FORMULA)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="3855"/>
+        <w:tab w:val="right" w:pos="7710"/>
+        <w:tab w:val="right" w:pos="11305"/>
+        <w:tab w:val="right" w:pos="11509"/>
+        <w:tab w:val="right" w:pos="11684"/>
+        <w:tab w:val="right" w:pos="11877"/>
+      </w:tabs>
+      <w:spacing w:before="57" w:after="57" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book" w:cs="Pragmatica-Book"/>
+      <w:w w:val="90"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableshapkaTABL">
+    <w:name w:val="Table_shapka (TABL)"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="7767"/>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableTABL">
+    <w:name w:val="Table (TABL)"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="252" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="HeliosCond" w:hAnsi="HeliosCond" w:cs="HeliosCond"/>
+      <w:spacing w:val="-2"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch1">
+    <w:name w:val="Преамбула (Ch_1 Верховна Рада)"/>
+    <w:basedOn w:val="af0"/>
+    <w:next w:val="Ch10"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch2">
+    <w:name w:val="Преамбула (Ch_2 Президент)"/>
+    <w:basedOn w:val="af0"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="11877"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch3">
+    <w:name w:val="Преамбула (Ch_3 Кабмін)"/>
+    <w:basedOn w:val="af0"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch4">
+    <w:name w:val="Преамбула (Ch_4 Конституційний Суд)"/>
+    <w:basedOn w:val="af0"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="113" w:after="57"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch5">
+    <w:name w:val="Преамбула (Ch_5 Нацбанк)"/>
+    <w:basedOn w:val="af0"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="подпись: место"/>
+    <w:aliases w:val="дата,№ (Общие:Базовые)"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="подпись: место2"/>
+    <w:aliases w:val="дата2,№ (Общие)"/>
+    <w:basedOn w:val="af9"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:left="283" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-BookObl" w:hAnsi="Pragmatica-BookObl" w:cs="Pragmatica-BookObl"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="подпись: место1"/>
+    <w:aliases w:val="дата1,№ (Ch_6 Міністерства)"/>
+    <w:basedOn w:val="2"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afa">
+    <w:name w:val="Раздел (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:before="283" w:after="57" w:line="257" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="90"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch10">
+    <w:name w:val="Раздел (Ch_1 Верховна Рада)"/>
+    <w:basedOn w:val="afa"/>
+    <w:next w:val="Ch11"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afb">
+    <w:name w:val="Глава (Общие:Базовые)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="6350"/>
+      </w:tabs>
+      <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="90"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afc">
+    <w:name w:val="Глава (Общие)"/>
+    <w:basedOn w:val="afb"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="170"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-BoldObl" w:hAnsi="Pragmatica-BoldObl" w:cs="Pragmatica-BoldObl"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch11">
+    <w:name w:val="Глава (Ch_1 Верховна Рада)"/>
+    <w:basedOn w:val="afc"/>
+    <w:next w:val="Ch12"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afd">
+    <w:name w:val="Стаття (Общие:Базовые)"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="7767"/>
+        <w:tab w:val="left" w:pos="1540"/>
+        <w:tab w:val="left" w:pos="4120"/>
+        <w:tab w:val="left" w:pos="4560"/>
+        <w:tab w:val="right" w:pos="6350"/>
+        <w:tab w:val="right" w:pos="7483"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="85" w:after="57"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Bold" w:hAnsi="Pragmatica-Bold" w:cs="Pragmatica-Bold"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afe">
+    <w:name w:val="Стаття (Общие)"/>
+    <w:basedOn w:val="afd"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="7483"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ch12">
+    <w:name w:val="Стаття (Ch_1 Верховна Рада)"/>
+    <w:basedOn w:val="afe"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="1540"/>
+        <w:tab w:val="clear" w:pos="4120"/>
+        <w:tab w:val="clear" w:pos="4560"/>
+        <w:tab w:val="clear" w:pos="6350"/>
+        <w:tab w:val="right" w:pos="7710"/>
+      </w:tabs>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bold">
+    <w:name w:val="Bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bold0">
+    <w:name w:val="bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="500">
+    <w:name w:val="500"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Postanovla">
+    <w:name w:val="Postanovla"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="superscript">
+    <w:name w:val="superscript"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:w w:val="90"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="55">
+    <w:name w:val="Зажато55 (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff">
+    <w:name w:val="Градус (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="HeliosCond" w:hAnsi="HeliosCond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff0">
+    <w:name w:val="звездочка"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Снять Зажато20 (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Стиль символа 1 (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol (OTF) Regular" w:hAnsi="Symbol (OTF) Regular"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bold1">
+    <w:name w:val="Bold (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="200">
+    <w:name w:val="В р а з р я д к у 200 (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff1">
+    <w:name w:val="Широкий пробел (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff2">
+    <w:name w:val="Обычный пробел (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="14pt">
+    <w:name w:val="Отбивка 14pt (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UPPER">
+    <w:name w:val="UPPER (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Regular">
+    <w:name w:val="Regular (Вспомогательные)"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PragmaticaB">
+    <w:name w:val="PragmaticaB"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="PT Pragmatica Medium Baltic  Re" w:hAnsi="PT Pragmatica Medium Baltic  Re"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="superscriptsnoska">
+    <w:name w:val="superscript_snoska"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:spacing w:val="13"/>
+      <w:w w:val="90"/>
+      <w:position w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="base">
+    <w:name w:val="base"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Pragmatica-Book" w:hAnsi="Pragmatica-Book"/>
+      <w:spacing w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CAPS">
+    <w:name w:val="CAPS"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="XXXX">
+    <w:name w:val="XXXX"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Baltica" w:hAnsi="Baltica"/>
+      <w:spacing w:val="-19"/>
+      <w:w w:val="90"/>
+      <w:position w:val="-25"/>
+      <w:sz w:val="62"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:lang w:val="uk-UA" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00283447"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4844"/>
+        <w:tab w:val="right" w:pos="9689"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff4">
+    <w:name w:val="Верхній колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aff3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00283447"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00283447"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4844"/>
+        <w:tab w:val="right" w:pos="9689"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff6">
+    <w:name w:val="Нижній колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aff5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00283447"/>
+    <w:rPr>
+      <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="st121">
+    <w:name w:val="st121"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005572DB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="st131">
+    <w:name w:val="st131"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005572DB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="st46">
+    <w:name w:val="st46"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005572DB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Офіс">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Офіс">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2444,54 +6063,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>233</Words>
-  <Characters>1329</Characters>
+  <Words>1396</Words>
+  <Characters>796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1559</CharactersWithSpaces>
+  <CharactersWithSpaces>2188</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Валентин Смирнов</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>